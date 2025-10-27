--- v0 (2025-10-02)
+++ v1 (2025-10-27)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2269103538"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2269103538"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3935061089"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3935061089"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3935061089"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2269103538"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2269103538"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3935061089"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3935061089"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3935061089"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2269103538"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2269103538"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3935061089"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3935061089"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3935061089"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2269103538"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2269103538"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3935061089"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3935061089"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3935061089"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2269103538"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2269103538"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3935061089"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3935061089"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3935061089"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2269103538"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2269103538"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3935061089"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3935061089"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3935061089"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2269103538"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2269103538"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3935061089"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3935061089"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3935061089"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2269103538"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2269103538"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3935061089"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3935061089"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3935061089"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2269103538"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2269103538"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3935061089"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3935061089"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3935061089"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>