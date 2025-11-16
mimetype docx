--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3935061089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3935061089"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2958460913"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2958460913"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2958460913"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3935061089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3935061089"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2958460913"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2958460913"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2958460913"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3935061089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3935061089"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2958460913"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2958460913"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2958460913"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3935061089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3935061089"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2958460913"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2958460913"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2958460913"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3935061089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3935061089"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2958460913"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2958460913"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2958460913"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3935061089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3935061089"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2958460913"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2958460913"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2958460913"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3935061089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3935061089"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2958460913"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2958460913"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2958460913"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3935061089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3935061089"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2958460913"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2958460913"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2958460913"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3935061089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3935061089"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2958460913"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2958460913"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2958460913"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>