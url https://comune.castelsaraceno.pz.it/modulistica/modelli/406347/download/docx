--- v2 (2025-11-16)
+++ v3 (2025-12-06)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2958460913"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2958460913"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3932100130"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3932100130"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3932100130"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2958460913"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2958460913"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3932100130"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3932100130"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3932100130"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2958460913"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2958460913"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3932100130"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3932100130"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3932100130"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2958460913"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2958460913"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3932100130"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3932100130"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3932100130"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2958460913"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2958460913"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3932100130"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3932100130"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3932100130"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2958460913"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2958460913"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3932100130"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3932100130"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3932100130"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2958460913"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2958460913"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3932100130"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3932100130"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3932100130"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2958460913"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2958460913"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3932100130"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3932100130"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3932100130"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2958460913"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2958460913"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3932100130"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3932100130"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3932100130"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>