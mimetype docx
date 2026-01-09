--- v3 (2025-12-06)
+++ v4 (2026-01-09)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3932100130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3932100130"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_840704608"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_840704608"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_840704608"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3932100130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3932100130"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_840704608"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_840704608"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_840704608"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3932100130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3932100130"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_840704608"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_840704608"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_840704608"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3932100130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3932100130"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_840704608"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_840704608"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_840704608"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3932100130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3932100130"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_840704608"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_840704608"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_840704608"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3932100130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3932100130"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_840704608"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_840704608"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_840704608"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3932100130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3932100130"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_840704608"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_840704608"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_840704608"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3932100130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3932100130"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_840704608"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_840704608"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_840704608"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3932100130"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3932100130"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_840704608"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_840704608"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_840704608"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>