--- v4 (2026-01-09)
+++ v5 (2026-02-04)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_840704608"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_840704608"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3537726119"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3537726119"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3537726119"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_840704608"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_840704608"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3537726119"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3537726119"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3537726119"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_840704608"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_840704608"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3537726119"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3537726119"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3537726119"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_840704608"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_840704608"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3537726119"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3537726119"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3537726119"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_840704608"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_840704608"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3537726119"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3537726119"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3537726119"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_840704608"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_840704608"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3537726119"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3537726119"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3537726119"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_840704608"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_840704608"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3537726119"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3537726119"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3537726119"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_840704608"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_840704608"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3537726119"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3537726119"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3537726119"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_840704608"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_840704608"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3537726119"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3537726119"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3537726119"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>