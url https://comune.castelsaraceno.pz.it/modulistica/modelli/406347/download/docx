--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3537726119"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3537726119"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_502138860"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_502138860"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_502138860"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3537726119"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3537726119"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_502138860"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_502138860"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_502138860"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3537726119"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3537726119"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_502138860"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_502138860"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_502138860"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3537726119"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3537726119"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_502138860"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_502138860"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_502138860"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3537726119"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3537726119"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_502138860"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_502138860"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_502138860"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3537726119"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3537726119"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_502138860"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_502138860"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_502138860"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3537726119"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3537726119"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_502138860"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_502138860"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_502138860"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3537726119"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3537726119"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_502138860"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_502138860"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_502138860"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3537726119"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3537726119"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_502138860"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_502138860"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_502138860"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>