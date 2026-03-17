--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_502138860"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_502138860"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3423586410"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3423586410"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3423586410"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_502138860"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_502138860"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3423586410"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3423586410"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3423586410"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_502138860"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_502138860"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3423586410"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3423586410"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3423586410"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_502138860"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_502138860"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3423586410"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3423586410"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3423586410"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_502138860"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_502138860"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3423586410"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3423586410"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3423586410"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_502138860"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_502138860"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3423586410"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3423586410"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3423586410"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_502138860"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_502138860"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3423586410"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3423586410"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3423586410"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_502138860"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_502138860"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3423586410"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3423586410"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3423586410"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_502138860"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_502138860"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3423586410"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3423586410"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3423586410"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>